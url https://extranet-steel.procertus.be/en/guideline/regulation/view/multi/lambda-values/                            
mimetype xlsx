--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -5,60 +5,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://secobelgium-my.sharepoint.com/personal/r_michez_groupseco_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B07BEC37-5231-43D2-8642-DD00829B9C12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B1BACCEA-EDB5-4724-A43E-1AAFD0270382}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="17385" firstSheet="1" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="6" r:id="rId1"/>
     <sheet name="DE 500 BS" sheetId="1" r:id="rId2"/>
     <sheet name="BE 500 S" sheetId="2" r:id="rId3"/>
     <sheet name="BE 500 TS" sheetId="3" r:id="rId4"/>
     <sheet name="BE 500 ES" sheetId="4" r:id="rId5"/>
     <sheet name="BE 500 RS" sheetId="5" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="100">
@@ -2668,52 +2668,52 @@
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R17"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="F48" sqref="F48"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="G42" sqref="G42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.42578125" style="20" customWidth="1"/>
     <col min="2" max="2" width="32.42578125" style="20" customWidth="1"/>
     <col min="3" max="3" width="13" style="20" customWidth="1"/>
     <col min="4" max="16384" width="9.42578125" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="93" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="94"/>
       <c r="C1" s="94"/>
       <c r="D1" s="49" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="43" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="25" t="s">
         <v>6</v>
       </c>
@@ -3166,56 +3166,64 @@
       <c r="K16" s="29">
         <v>0.53</v>
       </c>
       <c r="L16" s="29"/>
       <c r="M16" s="29">
         <v>0.53</v>
       </c>
       <c r="N16" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="O16" s="29">
         <v>0.61</v>
       </c>
       <c r="P16" s="29">
         <v>0.55000000000000004</v>
       </c>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A17" s="11">
         <v>49</v>
       </c>
       <c r="B17" s="18" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="29"/>
-      <c r="I17" s="29"/>
+      <c r="I17" s="29">
+        <v>0.53</v>
+      </c>
       <c r="J17" s="29"/>
-      <c r="K17" s="29"/>
+      <c r="K17" s="29">
+        <v>0.53</v>
+      </c>
       <c r="L17" s="29"/>
-      <c r="M17" s="29"/>
-      <c r="N17" s="29"/>
+      <c r="M17" s="29">
+        <v>0.54</v>
+      </c>
+      <c r="N17" s="29">
+        <v>0.54</v>
+      </c>
       <c r="O17" s="27"/>
       <c r="P17" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="G1:P1"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
@@ -3681,52 +3689,52 @@
   <mergeCells count="3">
     <mergeCell ref="F1:P1"/>
     <mergeCell ref="J6:N6"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="76" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H21" sqref="H21"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="L33" sqref="L32:L33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.42578125" style="5" customWidth="1"/>
     <col min="2" max="2" width="32.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="6" width="9.42578125" customWidth="1"/>
     <col min="7" max="15" width="9.42578125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="103" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="104"/>
       <c r="C1" s="104"/>
       <c r="D1" s="48" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="99" t="s">
         <v>1</v>