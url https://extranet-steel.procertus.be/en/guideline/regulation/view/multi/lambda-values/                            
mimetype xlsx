--- v1 (2025-12-22)
+++ v2 (2026-02-17)
@@ -5,85 +5,85 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://secobelgium-my.sharepoint.com/personal/r_michez_groupseco_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B1BACCEA-EDB5-4724-A43E-1AAFD0270382}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2AFE0C7F-EE0B-4BC1-B53C-11ACEDB86141}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="1" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="6" r:id="rId1"/>
     <sheet name="DE 500 BS" sheetId="1" r:id="rId2"/>
     <sheet name="BE 500 S" sheetId="2" r:id="rId3"/>
     <sheet name="BE 500 TS" sheetId="3" r:id="rId4"/>
     <sheet name="BE 500 ES" sheetId="4" r:id="rId5"/>
     <sheet name="BE 500 RS" sheetId="5" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="102">
   <si>
     <t>Characteristic</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Diameter</t>
   </si>
   <si>
     <t>d</t>
   </si>
   <si>
     <t>mm</t>
   </si>
   <si>
     <t>min/Max</t>
   </si>
   <si>
     <t>DE 500 BS</t>
   </si>
   <si>
@@ -358,50 +358,56 @@
     <t>TRH Liège</t>
   </si>
   <si>
     <t>Validated formula / Simpson</t>
   </si>
   <si>
     <t>FIMUREX NORD</t>
   </si>
   <si>
     <t>2 sided</t>
   </si>
   <si>
     <t>4 sided</t>
   </si>
   <si>
     <t>B.E.S. BRANDENBURGER</t>
   </si>
   <si>
     <t>KROMAN Celik</t>
   </si>
   <si>
     <t>General Formula</t>
   </si>
   <si>
     <t>ZND DRAAD</t>
+  </si>
+  <si>
+    <t>BE 500 ES</t>
+  </si>
+  <si>
+    <t>BE 500 RS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="d/mm/yyyy;@"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1993,1216 +1999,1216 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D634EDC9-3870-47E5-80FD-8D6779F1A7C9}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView topLeftCell="A2" workbookViewId="0">
       <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="51.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="44.5703125" customWidth="1"/>
+    <col min="2" max="2" width="51.81640625" customWidth="1"/>
+    <col min="3" max="3" width="17.453125" customWidth="1"/>
+    <col min="4" max="4" width="44.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A1" s="87" t="s">
         <v>87</v>
       </c>
       <c r="B1" s="88"/>
       <c r="C1" s="88"/>
       <c r="D1" s="44">
         <v>45545</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="376.35" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:4" ht="376.4" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A3" s="40" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="41" t="s">
         <v>42</v>
       </c>
       <c r="C3" s="41" t="s">
         <v>43</v>
       </c>
       <c r="D3" s="42" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="32">
         <v>2</v>
       </c>
       <c r="B4" s="33" t="s">
         <v>45</v>
       </c>
       <c r="C4" s="34" t="s">
         <v>46</v>
       </c>
       <c r="D4" s="35" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="32">
         <v>2</v>
       </c>
       <c r="B5" s="33" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="34" t="s">
         <v>48</v>
       </c>
       <c r="D5" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="32">
         <v>2</v>
       </c>
       <c r="B6" s="33" t="s">
         <v>45</v>
       </c>
       <c r="C6" s="34" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="32">
         <v>7</v>
       </c>
       <c r="B7" s="33" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="34" t="s">
         <v>50</v>
       </c>
       <c r="D7" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="32">
         <v>8</v>
       </c>
       <c r="B8" s="33" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="34" t="s">
         <v>52</v>
       </c>
       <c r="D8" s="35" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="32">
         <v>8</v>
       </c>
       <c r="B9" s="33" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="34" t="s">
         <v>54</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="32">
         <v>10</v>
       </c>
       <c r="B10" s="33" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="34" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="75" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="11" spans="1:4" s="15" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:4" s="15" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="73">
         <v>13</v>
       </c>
       <c r="B11" s="74" t="s">
         <v>91</v>
       </c>
       <c r="C11" s="74" t="s">
         <v>60</v>
       </c>
       <c r="D11" s="75" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="32">
         <v>17</v>
       </c>
       <c r="B12" s="33" t="s">
         <v>56</v>
       </c>
       <c r="C12" s="34" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="32">
         <v>17</v>
       </c>
       <c r="B13" s="33" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="34" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="32">
         <v>19</v>
       </c>
       <c r="B14" s="33" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="32">
         <v>20</v>
       </c>
       <c r="B15" s="33" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="32">
         <v>20</v>
       </c>
       <c r="B16" s="33" t="s">
         <v>61</v>
       </c>
       <c r="C16" s="34" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="35" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="32">
         <v>21</v>
       </c>
       <c r="B17" s="33" t="s">
         <v>64</v>
       </c>
       <c r="C17" s="34" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="35" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="32">
         <v>22</v>
       </c>
       <c r="B18" s="33" t="s">
         <v>97</v>
       </c>
       <c r="C18" s="34" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="32">
         <v>23</v>
       </c>
       <c r="B19" s="34" t="s">
         <v>90</v>
       </c>
       <c r="C19" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="75" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="32">
         <v>24</v>
       </c>
       <c r="B20" s="33" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="32">
         <v>26</v>
       </c>
       <c r="B21" s="33" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="75" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="32">
         <v>26</v>
       </c>
       <c r="B22" s="33" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="34" t="s">
         <v>62</v>
       </c>
       <c r="D22" s="75" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="32">
         <v>27</v>
       </c>
       <c r="B23" s="33" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="34" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="35" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="32">
         <v>30</v>
       </c>
       <c r="B24" s="33" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="34" t="s">
         <v>52</v>
       </c>
       <c r="D24" s="75" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="32">
         <v>32</v>
       </c>
       <c r="B25" s="34" t="s">
         <v>69</v>
       </c>
       <c r="C25" s="34" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="32">
         <v>34</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>71</v>
       </c>
       <c r="C26" s="34" t="s">
         <v>52</v>
       </c>
       <c r="D26" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="32">
         <v>37</v>
       </c>
       <c r="B27" s="33" t="s">
         <v>72</v>
       </c>
       <c r="C27" s="34" t="s">
         <v>73</v>
       </c>
       <c r="D27" s="35" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="32">
         <v>39</v>
       </c>
       <c r="B28" s="33" t="s">
         <v>74</v>
       </c>
       <c r="C28" s="34" t="s">
         <v>73</v>
       </c>
       <c r="D28" s="35" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="32">
         <v>40</v>
       </c>
       <c r="B29" s="33" t="s">
         <v>75</v>
       </c>
       <c r="C29" s="34" t="s">
         <v>62</v>
       </c>
       <c r="D29" s="35" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="32">
         <v>40</v>
       </c>
       <c r="B30" s="33" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D30" s="75" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="32">
         <v>41</v>
       </c>
       <c r="B31" s="33" t="s">
         <v>76</v>
       </c>
       <c r="C31" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D31" s="36" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="32">
         <v>42</v>
       </c>
       <c r="B32" s="33" t="s">
         <v>77</v>
       </c>
       <c r="C32" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="32">
         <v>42</v>
       </c>
       <c r="B33" s="33" t="s">
         <v>77</v>
       </c>
       <c r="C33" s="34" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="35" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="32">
         <v>43</v>
       </c>
       <c r="B34" s="34" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="34" t="s">
         <v>70</v>
       </c>
       <c r="D34" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="32">
         <v>44</v>
       </c>
       <c r="B35" s="33" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="34" t="s">
         <v>70</v>
       </c>
       <c r="D35" s="35" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="32">
         <v>44</v>
       </c>
       <c r="B36" s="33" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D36" s="36" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="32">
         <v>44</v>
       </c>
       <c r="B37" s="33" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="34" t="s">
         <v>62</v>
       </c>
       <c r="D37" s="75" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="32">
         <v>45</v>
       </c>
       <c r="B38" s="34" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="34" t="s">
         <v>70</v>
       </c>
       <c r="D38" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="32">
         <v>46</v>
       </c>
       <c r="B39" s="33" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="34" t="s">
         <v>70</v>
       </c>
       <c r="D39" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="32">
         <v>46</v>
       </c>
       <c r="B40" s="33" t="s">
         <v>79</v>
       </c>
       <c r="C40" s="34" t="s">
         <v>80</v>
       </c>
       <c r="D40" s="35" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="32">
         <v>46</v>
       </c>
       <c r="B41" s="33" t="s">
         <v>79</v>
       </c>
       <c r="C41" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D41" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="32">
         <v>47</v>
       </c>
       <c r="B42" s="33" t="s">
         <v>81</v>
       </c>
       <c r="C42" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D42" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="32">
         <v>47</v>
       </c>
       <c r="B43" s="33" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="34" t="s">
         <v>70</v>
       </c>
       <c r="D43" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="32">
         <v>47</v>
       </c>
       <c r="B44" s="33" t="s">
         <v>81</v>
       </c>
       <c r="C44" s="34" t="s">
         <v>62</v>
       </c>
       <c r="D44" s="35" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="32">
         <v>49</v>
       </c>
       <c r="B45" s="33" t="s">
         <v>82</v>
       </c>
       <c r="C45" s="34" t="s">
         <v>60</v>
       </c>
       <c r="D45" s="35" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="32">
         <v>52</v>
       </c>
       <c r="B46" s="33" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="34" t="s">
         <v>83</v>
       </c>
       <c r="D46" s="35" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="37" t="s">
         <v>84</v>
       </c>
       <c r="B47" s="38" t="s">
         <v>85</v>
       </c>
       <c r="C47" s="39" t="s">
         <v>70</v>
       </c>
       <c r="D47" s="35" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R17"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="G42" sqref="G42"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.42578125" style="20" customWidth="1"/>
-    <col min="2" max="2" width="32.42578125" style="20" customWidth="1"/>
+    <col min="1" max="1" width="4.453125" style="20" customWidth="1"/>
+    <col min="2" max="2" width="32.453125" style="20" customWidth="1"/>
     <col min="3" max="3" width="13" style="20" customWidth="1"/>
-    <col min="4" max="16384" width="9.42578125" style="20"/>
+    <col min="4" max="16384" width="9.453125" style="20"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="93" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="94"/>
       <c r="C1" s="94"/>
       <c r="D1" s="49" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="43" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="25" t="s">
         <v>6</v>
       </c>
       <c r="G1" s="89" t="s">
         <v>15</v>
       </c>
       <c r="H1" s="90"/>
       <c r="I1" s="90"/>
       <c r="J1" s="90"/>
       <c r="K1" s="90"/>
       <c r="L1" s="90"/>
       <c r="M1" s="90"/>
       <c r="N1" s="90"/>
       <c r="O1" s="90"/>
       <c r="P1" s="91"/>
     </row>
-    <row r="2" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:18" ht="13" x14ac:dyDescent="0.25">
       <c r="A2" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="47" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="47" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="47" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="16" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="92" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="92"/>
       <c r="H2" s="26">
         <v>5</v>
       </c>
       <c r="I2" s="26">
         <v>6</v>
       </c>
       <c r="J2" s="26">
         <v>7</v>
       </c>
       <c r="K2" s="26">
         <v>8</v>
       </c>
       <c r="L2" s="26">
         <v>9</v>
       </c>
       <c r="M2" s="26">
         <v>10</v>
       </c>
       <c r="N2" s="26">
         <v>12</v>
       </c>
       <c r="O2" s="26">
         <v>14</v>
       </c>
       <c r="P2" s="26">
         <v>16</v>
       </c>
     </row>
-    <row r="3" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>2</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="27"/>
       <c r="I3" s="28">
         <v>0.59</v>
       </c>
       <c r="J3" s="28"/>
       <c r="K3" s="28">
         <v>0.59</v>
       </c>
       <c r="L3" s="28"/>
       <c r="M3" s="28">
         <v>0.59</v>
       </c>
       <c r="N3" s="27"/>
       <c r="O3" s="27"/>
       <c r="P3" s="27"/>
     </row>
-    <row r="4" spans="1:18" s="5" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:18" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="21">
         <v>13</v>
       </c>
       <c r="B4" s="22" t="s">
         <v>91</v>
       </c>
       <c r="H4" s="59"/>
       <c r="I4" s="59"/>
       <c r="J4" s="59"/>
       <c r="K4" s="60">
         <v>0.53</v>
       </c>
       <c r="L4" s="60"/>
       <c r="M4" s="60">
         <v>0.53</v>
       </c>
       <c r="N4" s="60">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
         <v>19</v>
       </c>
       <c r="B5" s="18" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="27"/>
       <c r="I5" s="28">
         <v>0.5</v>
       </c>
       <c r="J5" s="28"/>
       <c r="K5" s="28">
         <v>0.52</v>
       </c>
       <c r="L5" s="28"/>
       <c r="M5" s="28">
         <v>0.54</v>
       </c>
       <c r="N5" s="28">
         <v>0.57999999999999996</v>
       </c>
       <c r="O5" s="28">
         <v>0.6</v>
       </c>
       <c r="P5" s="28">
         <v>0.6</v>
       </c>
     </row>
-    <row r="6" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
         <v>20</v>
       </c>
       <c r="B6" s="18" t="s">
         <v>89</v>
       </c>
       <c r="H6" s="27"/>
       <c r="I6" s="28">
         <v>0.59</v>
       </c>
       <c r="J6" s="28"/>
       <c r="K6" s="28">
         <v>0.49</v>
       </c>
       <c r="L6" s="28"/>
       <c r="M6" s="28">
         <v>0.55000000000000004</v>
       </c>
       <c r="N6" s="28">
         <v>0.55000000000000004</v>
       </c>
       <c r="O6" s="55">
         <v>0.61</v>
       </c>
       <c r="P6" s="56">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="7" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>23</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>90</v>
       </c>
       <c r="H7" s="29"/>
       <c r="I7" s="29">
         <v>0.54</v>
       </c>
       <c r="J7" s="29"/>
       <c r="K7" s="29">
         <v>0.56999999999999995</v>
       </c>
       <c r="L7" s="29"/>
       <c r="M7" s="29">
         <v>0.57999999999999996</v>
       </c>
       <c r="N7" s="29">
         <v>0.55000000000000004</v>
       </c>
       <c r="O7" s="57"/>
       <c r="P7" s="27"/>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8" s="11">
         <v>24</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="77">
         <v>0.51</v>
       </c>
       <c r="I8" s="77">
         <v>0.56000000000000005</v>
       </c>
       <c r="J8" s="77"/>
       <c r="K8" s="77">
         <v>0.59</v>
       </c>
       <c r="L8" s="77"/>
       <c r="M8" s="77">
         <v>0.62</v>
       </c>
       <c r="N8" s="77">
         <v>0.62</v>
       </c>
       <c r="O8" s="76">
         <v>0.6</v>
       </c>
       <c r="P8" s="27"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
         <v>26</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>20</v>
       </c>
       <c r="H9" s="29"/>
       <c r="I9" s="29">
         <v>0.48</v>
       </c>
       <c r="J9" s="29"/>
       <c r="K9" s="29">
         <v>0.59</v>
       </c>
       <c r="L9" s="29"/>
       <c r="M9" s="29">
         <v>0.64</v>
       </c>
       <c r="N9" s="29">
         <v>0.57999999999999996</v>
       </c>
       <c r="O9" s="29">
         <v>0.52</v>
       </c>
       <c r="P9" s="29">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10" s="11">
         <v>29</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>99</v>
       </c>
       <c r="C10" s="85"/>
       <c r="D10" s="85"/>
       <c r="E10" s="85"/>
       <c r="F10" s="85"/>
       <c r="G10" s="85"/>
       <c r="H10" s="86">
         <v>0.55000000000000004</v>
       </c>
       <c r="I10" s="86">
         <v>0.57999999999999996</v>
       </c>
       <c r="J10" s="86"/>
       <c r="K10" s="86">
         <v>0.6</v>
       </c>
       <c r="L10" s="86"/>
       <c r="M10" s="86">
         <v>0.61</v>
       </c>
       <c r="N10" s="86">
         <v>0.63</v>
       </c>
       <c r="O10" s="86">
         <v>0.61</v>
       </c>
       <c r="P10" s="86">
         <v>0.6</v>
       </c>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11" s="11">
         <v>40</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="27"/>
       <c r="I11" s="29">
         <v>0.62</v>
       </c>
       <c r="J11" s="29"/>
       <c r="K11" s="29">
         <v>0.62</v>
       </c>
       <c r="L11" s="29"/>
       <c r="M11" s="29">
         <v>0.62</v>
       </c>
       <c r="N11" s="29">
         <v>0.62</v>
       </c>
       <c r="O11" s="27"/>
       <c r="P11" s="27"/>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" s="61">
         <v>41</v>
       </c>
       <c r="B12" s="62" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="63"/>
       <c r="D12" s="63"/>
       <c r="E12" s="63"/>
       <c r="F12" s="63"/>
       <c r="G12" s="63"/>
       <c r="H12" s="64"/>
       <c r="I12" s="65">
         <v>0.51</v>
       </c>
       <c r="J12" s="65"/>
       <c r="K12" s="65">
         <v>0.52</v>
       </c>
       <c r="L12" s="65"/>
       <c r="M12" s="65">
         <v>0.55000000000000004</v>
       </c>
       <c r="N12" s="65">
         <v>0.56999999999999995</v>
       </c>
       <c r="O12" s="66">
         <v>0.64</v>
       </c>
       <c r="P12" s="66">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" s="11">
         <v>42</v>
       </c>
       <c r="B13" s="18" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="I13" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="J13" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="K13" s="29">
         <v>0.61</v>
       </c>
       <c r="L13" s="29">
         <v>0.57999999999999996</v>
       </c>
       <c r="M13" s="29">
         <v>0.59</v>
       </c>
       <c r="N13" s="29">
         <v>0.59</v>
       </c>
       <c r="O13" s="29">
         <v>0.57999999999999996</v>
       </c>
       <c r="P13" s="67"/>
       <c r="Q13" s="64"/>
       <c r="R13" s="64"/>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" s="11">
         <v>44</v>
       </c>
       <c r="B14" s="18" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="I14" s="29">
         <v>0.56999999999999995</v>
       </c>
       <c r="J14" s="29"/>
       <c r="K14" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="L14" s="29"/>
       <c r="M14" s="29">
         <v>0.61</v>
       </c>
       <c r="N14" s="29">
         <v>0.61</v>
       </c>
       <c r="O14" s="29">
         <v>0.6</v>
       </c>
       <c r="P14" s="29">
         <v>0.6</v>
       </c>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15" s="11">
         <v>46</v>
       </c>
       <c r="B15" s="18" t="s">
         <v>31</v>
       </c>
       <c r="H15" s="27"/>
       <c r="I15" s="28">
         <v>0.54</v>
       </c>
       <c r="J15" s="28"/>
       <c r="K15" s="28">
         <v>0.6</v>
       </c>
       <c r="L15" s="28"/>
       <c r="M15" s="28">
         <v>0.6</v>
       </c>
       <c r="N15" s="28">
         <v>0.6</v>
       </c>
       <c r="O15" s="27"/>
       <c r="P15" s="27"/>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16" s="11">
         <v>47</v>
       </c>
       <c r="B16" s="18" t="s">
         <v>32</v>
       </c>
       <c r="H16" s="29">
         <v>0.51</v>
       </c>
       <c r="I16" s="29">
         <v>0.51</v>
       </c>
       <c r="J16" s="29"/>
       <c r="K16" s="29">
         <v>0.53</v>
       </c>
       <c r="L16" s="29"/>
       <c r="M16" s="29">
         <v>0.53</v>
       </c>
       <c r="N16" s="29">
         <v>0.56000000000000005</v>
       </c>
       <c r="O16" s="29">
         <v>0.61</v>
       </c>
       <c r="P16" s="29">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" s="11">
         <v>49</v>
       </c>
       <c r="B17" s="18" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="29"/>
       <c r="I17" s="29">
         <v>0.53</v>
       </c>
       <c r="J17" s="29"/>
       <c r="K17" s="29">
         <v>0.53</v>
       </c>
       <c r="L17" s="29"/>
       <c r="M17" s="29">
         <v>0.54</v>
       </c>
       <c r="N17" s="29">
         <v>0.54</v>
       </c>
       <c r="O17" s="27"/>
       <c r="P17" s="27"/>
     </row>
   </sheetData>
@@ -3213,1126 +3219,1126 @@
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="H23" sqref="H23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.42578125" style="20" customWidth="1"/>
-    <col min="2" max="2" width="32.42578125" style="20" customWidth="1"/>
+    <col min="1" max="1" width="4.453125" style="20" customWidth="1"/>
+    <col min="2" max="2" width="32.453125" style="20" customWidth="1"/>
     <col min="3" max="3" width="13" style="15" customWidth="1"/>
-    <col min="4" max="6" width="9.42578125" style="15" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="17" max="16384" width="11.5703125" style="15"/>
+    <col min="4" max="6" width="9.453125" style="15" customWidth="1"/>
+    <col min="7" max="16" width="9.453125" style="19" customWidth="1"/>
+    <col min="17" max="16384" width="11.54296875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="93" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="94"/>
       <c r="C1" s="94"/>
       <c r="D1" s="49" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="43" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="95" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="95"/>
       <c r="H1" s="95"/>
       <c r="I1" s="95"/>
       <c r="J1" s="95"/>
       <c r="K1" s="95"/>
       <c r="L1" s="95"/>
       <c r="M1" s="95"/>
       <c r="N1" s="95"/>
       <c r="O1" s="95"/>
       <c r="P1" s="95"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:16" ht="13" x14ac:dyDescent="0.25">
       <c r="A2" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="47" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="47" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="47" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="16" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="14" t="s">
         <v>8</v>
       </c>
       <c r="G2" s="17">
         <v>5</v>
       </c>
       <c r="H2" s="17">
         <v>6</v>
       </c>
       <c r="I2" s="17">
         <v>7</v>
       </c>
       <c r="J2" s="17">
         <v>8</v>
       </c>
       <c r="K2" s="17">
         <v>10</v>
       </c>
       <c r="L2" s="17">
         <v>12</v>
       </c>
       <c r="M2" s="17">
         <v>14</v>
       </c>
       <c r="N2" s="17">
         <v>16</v>
       </c>
       <c r="O2" s="17">
         <v>20</v>
       </c>
       <c r="P2" s="17">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>7</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>12</v>
       </c>
       <c r="J3" s="30">
         <v>0.69</v>
       </c>
       <c r="K3" s="30">
         <v>0.69</v>
       </c>
       <c r="L3" s="30">
         <v>0.69</v>
       </c>
       <c r="M3" s="30">
         <v>0.7</v>
       </c>
       <c r="N3" s="30">
         <v>0.69</v>
       </c>
       <c r="O3" s="31"/>
       <c r="P3" s="31"/>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="79">
         <v>8</v>
       </c>
       <c r="B4" s="81" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="80" t="s">
         <v>94</v>
       </c>
       <c r="D4" s="78"/>
       <c r="E4" s="78"/>
       <c r="F4" s="78"/>
       <c r="G4" s="78"/>
       <c r="H4" s="78"/>
       <c r="I4" s="78"/>
       <c r="J4" s="83"/>
       <c r="K4" s="82">
         <v>0.61</v>
       </c>
       <c r="L4" s="82">
         <v>0.66</v>
       </c>
       <c r="M4" s="82">
         <v>0.62</v>
       </c>
       <c r="N4" s="82">
         <v>0.61</v>
       </c>
       <c r="O4" s="83"/>
       <c r="P4" s="83"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" s="79">
         <v>8</v>
       </c>
       <c r="B5" s="81" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="80" t="s">
         <v>95</v>
       </c>
       <c r="D5" s="78"/>
       <c r="E5" s="78"/>
       <c r="F5" s="78"/>
       <c r="G5" s="78"/>
       <c r="H5" s="78"/>
       <c r="I5" s="78"/>
       <c r="J5" s="83"/>
       <c r="K5" s="82">
         <v>0.6</v>
       </c>
       <c r="L5" s="82">
         <v>0.66</v>
       </c>
       <c r="M5" s="82">
         <v>0.63</v>
       </c>
       <c r="N5" s="82">
         <v>0.65</v>
       </c>
       <c r="O5" s="83"/>
       <c r="P5" s="83"/>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
         <v>10</v>
       </c>
       <c r="B6" s="68" t="s">
         <v>36</v>
       </c>
       <c r="H6" s="58">
         <v>0.67</v>
       </c>
       <c r="I6" s="58">
         <v>0.72</v>
       </c>
       <c r="J6" s="96">
         <v>0.73</v>
       </c>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="98"/>
       <c r="O6" s="31"/>
       <c r="P6" s="31"/>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" s="69">
         <v>17</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="15" t="s">
         <v>34</v>
       </c>
       <c r="J7" s="30">
         <v>0.44</v>
       </c>
       <c r="K7" s="30"/>
       <c r="L7" s="30">
         <v>0.5</v>
       </c>
       <c r="M7" s="30"/>
       <c r="N7" s="30">
         <v>0.45</v>
       </c>
       <c r="O7" s="31"/>
       <c r="P7" s="31"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" s="69">
         <v>18</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="70">
         <v>0.61</v>
       </c>
       <c r="K8" s="70"/>
       <c r="L8" s="70">
         <v>0.62</v>
       </c>
       <c r="M8" s="70"/>
       <c r="N8" s="70">
         <v>0.64</v>
       </c>
       <c r="O8" s="31"/>
       <c r="P8" s="31"/>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
         <v>21</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="30">
         <v>0.61</v>
       </c>
       <c r="K9" s="30">
         <v>0.61</v>
       </c>
       <c r="L9" s="30">
         <v>0.73</v>
       </c>
       <c r="M9" s="30">
         <v>0.62</v>
       </c>
       <c r="N9" s="30">
         <v>0.66</v>
       </c>
       <c r="O9" s="30">
         <v>0.61</v>
       </c>
       <c r="P9" s="31"/>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="11">
         <v>22</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>97</v>
       </c>
       <c r="J10" s="30">
         <v>0.49</v>
       </c>
       <c r="K10" s="30">
         <v>0.5</v>
       </c>
       <c r="L10" s="30">
         <v>0.53</v>
       </c>
       <c r="M10" s="30">
         <v>0.52</v>
       </c>
       <c r="N10" s="30">
         <v>0.47</v>
       </c>
       <c r="O10" s="30">
         <v>0.6</v>
       </c>
       <c r="P10" s="31"/>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="11">
         <v>30</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>21</v>
       </c>
       <c r="J11" s="30">
         <v>0.62</v>
       </c>
       <c r="K11" s="30">
         <v>0.62</v>
       </c>
       <c r="L11" s="30">
         <v>0.63</v>
       </c>
       <c r="M11" s="30">
         <v>0.62</v>
       </c>
       <c r="N11" s="30">
         <v>0.65</v>
       </c>
       <c r="O11" s="30">
         <v>0.65</v>
       </c>
       <c r="P11" s="31"/>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="11">
         <v>34</v>
       </c>
       <c r="B12" s="71" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="58">
         <v>0.51</v>
       </c>
       <c r="I12" s="58"/>
       <c r="J12" s="30">
         <v>0.61</v>
       </c>
       <c r="K12" s="30">
         <v>0.6</v>
       </c>
       <c r="L12" s="30">
         <v>0.61</v>
       </c>
       <c r="M12" s="31"/>
       <c r="N12" s="31"/>
       <c r="O12" s="31"/>
       <c r="P12" s="31"/>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" s="72">
         <v>48</v>
       </c>
       <c r="B13" s="72" t="s">
         <v>88</v>
       </c>
       <c r="J13" s="31"/>
       <c r="K13" s="31"/>
       <c r="L13" s="31"/>
       <c r="M13" s="31"/>
       <c r="N13" s="31"/>
       <c r="O13" s="30">
         <v>0.54</v>
       </c>
       <c r="P13" s="31"/>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="J14" s="31"/>
       <c r="K14" s="31"/>
       <c r="L14" s="31"/>
       <c r="M14" s="31"/>
       <c r="N14" s="31"/>
       <c r="O14" s="31"/>
       <c r="P14" s="31"/>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="J15" s="31"/>
       <c r="K15" s="31"/>
       <c r="L15" s="31"/>
       <c r="M15" s="31"/>
       <c r="N15" s="31"/>
       <c r="O15" s="31"/>
       <c r="P15" s="31"/>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="J16" s="31"/>
       <c r="K16" s="31"/>
       <c r="L16" s="31"/>
       <c r="M16" s="31"/>
       <c r="N16" s="31"/>
       <c r="O16" s="31"/>
       <c r="P16" s="31"/>
     </row>
-    <row r="17" spans="10:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="10:16" x14ac:dyDescent="0.25">
       <c r="J17" s="31"/>
       <c r="K17" s="31"/>
       <c r="L17" s="31"/>
       <c r="M17" s="31"/>
       <c r="N17" s="31"/>
       <c r="O17" s="31"/>
       <c r="P17" s="31"/>
     </row>
-    <row r="18" spans="10:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="10:16" x14ac:dyDescent="0.25">
       <c r="J18" s="31"/>
       <c r="K18" s="31"/>
       <c r="L18" s="31"/>
       <c r="M18" s="31"/>
       <c r="N18" s="31"/>
       <c r="O18" s="31"/>
       <c r="P18" s="31"/>
     </row>
-    <row r="19" spans="10:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="10:16" x14ac:dyDescent="0.25">
       <c r="J19" s="31"/>
       <c r="K19" s="31"/>
       <c r="L19" s="31"/>
       <c r="M19" s="31"/>
       <c r="N19" s="31"/>
       <c r="O19" s="31"/>
       <c r="P19" s="31"/>
     </row>
-    <row r="20" spans="10:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="10:16" x14ac:dyDescent="0.25">
       <c r="J20" s="31"/>
       <c r="K20" s="31"/>
       <c r="L20" s="31"/>
       <c r="M20" s="31"/>
       <c r="N20" s="31"/>
       <c r="O20" s="31"/>
       <c r="P20" s="31"/>
     </row>
-    <row r="21" spans="10:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="10:16" x14ac:dyDescent="0.25">
       <c r="J21" s="31"/>
       <c r="K21" s="31"/>
       <c r="L21" s="31"/>
       <c r="M21" s="31"/>
       <c r="N21" s="31"/>
       <c r="O21" s="31"/>
       <c r="P21" s="31"/>
     </row>
-    <row r="22" spans="10:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="10:16" x14ac:dyDescent="0.25">
       <c r="J22" s="31"/>
       <c r="K22" s="31"/>
       <c r="L22" s="31"/>
       <c r="M22" s="31"/>
       <c r="N22" s="31"/>
       <c r="O22" s="31"/>
       <c r="P22" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="F1:P1"/>
     <mergeCell ref="J6:N6"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="76" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L33" sqref="L32:L33"/>
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.42578125" style="5" customWidth="1"/>
-    <col min="2" max="2" width="32.42578125" style="5" customWidth="1"/>
+    <col min="1" max="1" width="4.453125" style="5" customWidth="1"/>
+    <col min="2" max="2" width="32.453125" style="5" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
-    <col min="4" max="6" width="9.42578125" customWidth="1"/>
-    <col min="7" max="15" width="9.42578125" style="1" customWidth="1"/>
+    <col min="4" max="6" width="9.453125" customWidth="1"/>
+    <col min="7" max="15" width="9.453125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="103" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="104"/>
       <c r="C1" s="104"/>
       <c r="D1" s="48" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="99" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="99"/>
       <c r="H1" s="99"/>
       <c r="I1" s="99"/>
       <c r="J1" s="99"/>
       <c r="K1" s="99"/>
       <c r="L1" s="99"/>
       <c r="M1" s="99"/>
       <c r="N1" s="99"/>
       <c r="O1" s="99"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:16" ht="13" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="46" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="46" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="6" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="G2" s="2">
         <v>5</v>
       </c>
       <c r="H2" s="2">
         <v>6</v>
       </c>
       <c r="I2" s="3">
         <v>8</v>
       </c>
       <c r="J2" s="2">
         <v>10</v>
       </c>
       <c r="K2" s="3">
         <v>12</v>
       </c>
       <c r="L2" s="3">
         <v>14</v>
       </c>
       <c r="M2" s="3">
         <v>16</v>
       </c>
       <c r="N2" s="3">
         <v>20</v>
       </c>
       <c r="O2" s="3">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>2</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>40</v>
       </c>
       <c r="I3" s="7">
         <v>0.7</v>
       </c>
       <c r="J3" s="13">
         <v>0.7</v>
       </c>
       <c r="K3" s="7">
         <v>0.7</v>
       </c>
       <c r="L3" s="7">
         <v>0.7</v>
       </c>
       <c r="M3" s="7">
         <v>0.7</v>
       </c>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="11">
         <v>37</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H4" s="9">
         <v>0.67</v>
       </c>
       <c r="I4" s="9">
         <v>0.72</v>
       </c>
       <c r="J4" s="9">
         <v>0.73</v>
       </c>
       <c r="K4" s="9">
         <v>0.73</v>
       </c>
       <c r="L4" s="9">
         <v>0.73</v>
       </c>
       <c r="M4" s="9">
         <v>0.73</v>
       </c>
       <c r="N4" s="9">
         <v>0.73</v>
       </c>
       <c r="P4" s="1"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
         <v>39</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H5" s="10">
         <v>0.67</v>
       </c>
       <c r="I5" s="10">
         <v>0.72</v>
       </c>
       <c r="J5" s="10">
         <v>0.73</v>
       </c>
       <c r="K5" s="10">
         <v>0.73</v>
       </c>
       <c r="L5" s="10">
         <v>0.73</v>
       </c>
       <c r="M5" s="10">
         <v>0.73</v>
       </c>
       <c r="N5" s="10">
         <v>0.73</v>
       </c>
       <c r="O5" s="9">
         <v>0.73</v>
       </c>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
         <v>43</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>38</v>
       </c>
       <c r="I6" s="9">
         <v>0.51</v>
       </c>
       <c r="J6" s="9">
         <v>0.53</v>
       </c>
       <c r="K6" s="9">
         <v>0.53</v>
       </c>
       <c r="L6" s="9">
         <v>0.55000000000000004</v>
       </c>
       <c r="M6" s="9">
         <v>0.54</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="15.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:16" ht="15.5" x14ac:dyDescent="0.4">
       <c r="A7" s="11">
         <v>44</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>25</v>
       </c>
       <c r="I7" s="100" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="101"/>
       <c r="K7" s="101"/>
       <c r="L7" s="101"/>
       <c r="M7" s="102"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" s="11">
         <v>45</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>96</v>
       </c>
       <c r="H8" s="9"/>
       <c r="I8" s="24"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
         <v>46</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="9">
         <v>0.49</v>
       </c>
       <c r="J9" s="9">
         <v>0.49</v>
       </c>
       <c r="K9" s="9">
         <v>0.49</v>
       </c>
       <c r="L9" s="9">
         <v>0.49</v>
       </c>
       <c r="M9" s="9">
         <v>0.49</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="11">
         <v>46</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="9">
         <v>0.59</v>
       </c>
       <c r="I10" s="9">
         <v>0.65</v>
       </c>
       <c r="J10" s="9">
         <v>0.66</v>
       </c>
       <c r="K10" s="9">
         <v>0.65</v>
       </c>
       <c r="L10" s="9">
         <v>0.65</v>
       </c>
       <c r="M10" s="9">
         <v>0.66</v>
       </c>
       <c r="N10" s="9">
         <v>0.67</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="11">
         <v>47</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>32</v>
       </c>
       <c r="H11" s="9"/>
       <c r="I11" s="9">
         <v>0.52</v>
       </c>
       <c r="J11" s="9">
         <v>0.52</v>
       </c>
       <c r="K11" s="9">
         <v>0.52</v>
       </c>
       <c r="L11" s="9">
         <v>0.51</v>
       </c>
       <c r="M11" s="9">
         <v>0.53</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="11">
         <v>52</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="9">
         <v>0.54</v>
       </c>
       <c r="J12" s="9">
         <v>0.56000000000000005</v>
       </c>
       <c r="K12" s="9">
         <v>0.55000000000000004</v>
       </c>
       <c r="M12" s="9">
         <v>0.54</v>
       </c>
       <c r="N12" s="9">
         <v>0.53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="F1:O1"/>
     <mergeCell ref="I7:M7"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView zoomScale="83" zoomScaleNormal="83" workbookViewId="0">
-      <selection activeCell="L14" sqref="L14"/>
+      <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" style="20" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="32.42578125" style="20" customWidth="1"/>
+    <col min="2" max="2" width="32.453125" style="20" customWidth="1"/>
     <col min="3" max="3" width="13" style="15" customWidth="1"/>
-    <col min="4" max="6" width="9.42578125" style="15" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="17" max="16384" width="11.5703125" style="15"/>
+    <col min="4" max="6" width="9.453125" style="15" customWidth="1"/>
+    <col min="7" max="16" width="9.453125" style="19" customWidth="1"/>
+    <col min="17" max="16384" width="11.54296875" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="93" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="94"/>
       <c r="C1" s="94"/>
       <c r="D1" s="49" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="43" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="95" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="95"/>
       <c r="H1" s="95"/>
       <c r="I1" s="95"/>
       <c r="J1" s="95"/>
       <c r="K1" s="95"/>
       <c r="L1" s="95"/>
       <c r="M1" s="95"/>
       <c r="N1" s="95"/>
       <c r="O1" s="95"/>
       <c r="P1" s="95"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:16" ht="13" x14ac:dyDescent="0.25">
       <c r="A2" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="47" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="47" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="47" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="16" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="14" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="G2" s="17">
         <v>5</v>
       </c>
       <c r="H2" s="17">
         <v>6</v>
       </c>
       <c r="I2" s="17">
         <v>7</v>
       </c>
       <c r="J2" s="17">
         <v>8</v>
       </c>
       <c r="K2" s="17">
         <v>10</v>
       </c>
       <c r="L2" s="17">
         <v>12</v>
       </c>
       <c r="M2" s="17">
         <v>14</v>
       </c>
       <c r="N2" s="17">
         <v>16</v>
       </c>
       <c r="O2" s="17">
         <v>20</v>
       </c>
       <c r="P2" s="17">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>20</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>33</v>
       </c>
       <c r="H3" s="20"/>
       <c r="I3" s="20"/>
       <c r="J3" s="51">
         <v>0.79</v>
       </c>
       <c r="K3" s="51">
         <v>0.69</v>
       </c>
       <c r="L3" s="51">
         <v>0.81</v>
       </c>
       <c r="M3" s="20"/>
       <c r="N3" s="20"/>
       <c r="O3" s="20"/>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="11">
         <v>26</v>
       </c>
       <c r="B4" s="18" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="20"/>
       <c r="I4" s="20"/>
       <c r="J4" s="52">
         <v>0.77</v>
       </c>
       <c r="K4" s="53">
         <v>0.8</v>
       </c>
       <c r="L4" s="52">
         <v>0.79</v>
       </c>
       <c r="M4" s="20"/>
       <c r="N4" s="20"/>
       <c r="O4" s="20"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
         <v>27</v>
       </c>
       <c r="B5" s="18" t="s">
         <v>93</v>
       </c>
       <c r="H5" s="51">
         <v>0.7</v>
       </c>
       <c r="I5" s="51"/>
       <c r="J5" s="51">
         <v>0.8</v>
       </c>
       <c r="K5" s="51">
         <v>0.76</v>
       </c>
       <c r="L5" s="51">
         <v>0.79</v>
       </c>
       <c r="M5" s="84"/>
       <c r="N5" s="20"/>
       <c r="O5" s="20"/>
     </row>
-    <row r="6" spans="1:16" s="20" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="20" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
         <v>40</v>
       </c>
       <c r="B6" s="18" t="s">
         <v>29</v>
       </c>
       <c r="H6" s="50">
         <v>0.71</v>
       </c>
       <c r="I6" s="20">
         <v>0.72</v>
       </c>
       <c r="J6" s="50">
         <v>0.75</v>
       </c>
       <c r="K6" s="50">
         <v>0.7</v>
       </c>
       <c r="L6" s="50">
         <v>0.73</v>
       </c>
       <c r="M6" s="27"/>
       <c r="N6" s="27"/>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>42</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="58"/>
       <c r="H7" s="52">
         <v>0.74</v>
       </c>
       <c r="I7" s="52"/>
       <c r="J7" s="52">
         <v>0.77</v>
       </c>
       <c r="K7" s="52">
         <v>0.75</v>
       </c>
       <c r="L7" s="52">
         <v>0.75</v>
       </c>
       <c r="M7" s="20"/>
       <c r="N7" s="20"/>
       <c r="O7" s="20"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" s="11">
         <v>44</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="51">
         <v>0.67</v>
       </c>
       <c r="I8" s="51">
         <v>0.71</v>
       </c>
       <c r="J8" s="51">
         <v>0.73</v>
       </c>
       <c r="K8" s="51">
         <v>0.67</v>
       </c>
       <c r="L8" s="54">
         <v>0.8</v>
       </c>
       <c r="M8" s="51">
         <v>0.79</v>
       </c>
       <c r="N8" s="51">
         <v>0.79</v>
       </c>
       <c r="O8" s="51">
         <v>0.83</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
         <v>47</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>32</v>
       </c>
       <c r="H9" s="51">
         <v>0.78</v>
       </c>
       <c r="I9" s="51"/>
       <c r="J9" s="51">
         <v>0.74</v>
       </c>
       <c r="K9" s="51">
         <v>0.73</v>
       </c>
       <c r="L9" s="51">
         <v>0.74</v>
       </c>
       <c r="M9" s="51">
         <v>0.76</v>
       </c>
       <c r="N9" s="51">
         <v>0.8</v>
       </c>
@@ -4340,141 +4346,141 @@
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="F1:P1"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="76" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.42578125" style="5" customWidth="1"/>
-    <col min="2" max="2" width="32.42578125" style="5" customWidth="1"/>
+    <col min="1" max="1" width="4.453125" style="5" customWidth="1"/>
+    <col min="2" max="2" width="32.453125" style="5" customWidth="1"/>
     <col min="3" max="3" width="13" style="8" customWidth="1"/>
-    <col min="4" max="6" width="9.42578125" style="8" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="17" max="16384" width="11.5703125" style="8"/>
+    <col min="4" max="6" width="9.453125" style="8" customWidth="1"/>
+    <col min="7" max="16" width="9.453125" style="23" customWidth="1"/>
+    <col min="17" max="16384" width="11.54296875" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="103" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="104"/>
       <c r="C1" s="104"/>
       <c r="D1" s="48" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="99" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="99"/>
       <c r="H1" s="99"/>
       <c r="I1" s="99"/>
       <c r="J1" s="99"/>
       <c r="K1" s="99"/>
       <c r="L1" s="99"/>
       <c r="M1" s="99"/>
       <c r="N1" s="99"/>
       <c r="O1" s="99"/>
       <c r="P1" s="99"/>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:16" ht="13" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="46" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="46" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="6" t="s">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="G2" s="3">
         <v>5</v>
       </c>
       <c r="H2" s="3">
         <v>6</v>
       </c>
       <c r="I2" s="3">
         <v>7</v>
       </c>
       <c r="J2" s="3">
         <v>8</v>
       </c>
       <c r="K2" s="3">
         <v>10</v>
       </c>
       <c r="L2" s="3">
         <v>12</v>
       </c>
       <c r="M2" s="3">
         <v>14</v>
       </c>
       <c r="N2" s="3">
         <v>16</v>
       </c>
       <c r="O2" s="3">
         <v>20</v>
       </c>
       <c r="P2" s="3">
         <v>25</v>
       </c>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" s="21"/>
       <c r="B3" s="22"/>
       <c r="H3" s="24"/>
       <c r="I3" s="24"/>
       <c r="J3" s="24"/>
       <c r="K3" s="24"/>
       <c r="L3" s="24"/>
       <c r="M3" s="24"/>
       <c r="N3" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="F1:P1"/>
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1" gridLines="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="76" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Arial,Gras"&amp;12OCAB-OCBS&amp;C&amp;"Arial,Gras"&amp;12Lambda Values for Coils&amp;R&amp;"Arial,Gras"&amp;20&amp;A</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Gras"&amp;11OCAB-OCBS
 &amp;14&amp;F&amp;C&amp;"Arial,Gras"&amp;12Revision 0 dated as indicated in Sheet "Introduction"&amp;R&amp;8
 &amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>